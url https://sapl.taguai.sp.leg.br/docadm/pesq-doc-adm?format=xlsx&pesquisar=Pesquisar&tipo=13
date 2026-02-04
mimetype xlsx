--- v0 (2025-10-04)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="900" uniqueCount="279">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1128" uniqueCount="343">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
@@ -847,50 +847,242 @@
     <t>404</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>Dispõe sobre declaração de pontos facultativos e transferência de feriado na Câmara de Taguaí.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de licença para tratamento de saúde ao(à) servidor(a).</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>Dispõe sobre concessão de férias ao(á) servidor(a).</t>
   </si>
   <si>
     <t>422</t>
+  </si>
+  <si>
+    <t>430</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>Dispõe sobre concessão de abonada de falta ao(à) servidor(a).</t>
+  </si>
+  <si>
+    <t>440</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>Dispõe sobre concessão de abonada de falta ao(à) vereador(a).</t>
+  </si>
+  <si>
+    <t>443</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>444</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>453</t>
+  </si>
+  <si>
+    <t>Dispõe sobre gozo de Licença Prêmio concedida a servidora efetiva.</t>
+  </si>
+  <si>
+    <t>454</t>
+  </si>
+  <si>
+    <t>455</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o horário de expediente no dia 17 de novembro de 2025 na Câmara de Taguaí.</t>
+  </si>
+  <si>
+    <t>461</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de pagamento de vantagens pecuniárias relativas ao(à) servidor(a).</t>
+  </si>
+  <si>
+    <t>474</t>
+  </si>
+  <si>
+    <t>Dispõe sobre suspensão dos trabalhos administrativos no recesso parlamentar.</t>
+  </si>
+  <si>
+    <t>483</t>
+  </si>
+  <si>
+    <t>484</t>
+  </si>
+  <si>
+    <t>485</t>
+  </si>
+  <si>
+    <t>486</t>
+  </si>
+  <si>
+    <t>487</t>
+  </si>
+  <si>
+    <t>489</t>
+  </si>
+  <si>
+    <t>490</t>
+  </si>
+  <si>
+    <t>491</t>
+  </si>
+  <si>
+    <t>492</t>
+  </si>
+  <si>
+    <t>496</t>
+  </si>
+  <si>
+    <t>497</t>
+  </si>
+  <si>
+    <t>Dispõe sobre declaração de ponto facultativo e suspensão dos trabalhos administrativos no recesso parlamentar.</t>
+  </si>
+  <si>
+    <t>498</t>
+  </si>
+  <si>
+    <t>Dispõe sobre regime de rodízio entre os servidores da Câmara Municipal de Taguaí nos dias 22 e 23 de dezembro de 2025.</t>
+  </si>
+  <si>
+    <t>507</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>508</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o pagamento de férias em pecúnia ao(à) servidor(a).</t>
+  </si>
+  <si>
+    <t>509</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a designação de agente de contratação, pregoeiro, equipe de apoio e comissão de contratação de licitação no âmbito do poder legislativo municipal e dá outras providências.</t>
+  </si>
+  <si>
+    <t>510</t>
+  </si>
+  <si>
+    <t>Designa o responsável pelo departamento de patrimônio da Câmara Municipal de Taguaí.</t>
+  </si>
+  <si>
+    <t>511</t>
+  </si>
+  <si>
+    <t>Designa o responsável pelo departamento de compras e almoxarifado da Câmara Municipal de Taguaí.</t>
+  </si>
+  <si>
+    <t>512</t>
+  </si>
+  <si>
+    <t>Designa o responsável pela tesouraria e controle de bancos da Câmara Municipal de Taguaí.</t>
+  </si>
+  <si>
+    <t>513</t>
+  </si>
+  <si>
+    <t>Designa o responsável pela área de finanças da Câmara Municipal de Taguaí.</t>
+  </si>
+  <si>
+    <t>514</t>
+  </si>
+  <si>
+    <t>Designa o responsável pelo atendimento ao Tribunal de Contas do Estado de Sã Paulo.</t>
+  </si>
+  <si>
+    <t>515</t>
+  </si>
+  <si>
+    <t>Designa o responsável pelos adiantamentos da Câmara Municipal de Taguaí.</t>
+  </si>
+  <si>
+    <t>516</t>
+  </si>
+  <si>
+    <t>Designa o responsável pelo controle de tráfego e abastecimento da viatura oficial da Câmara Municipal de Taguaí.</t>
+  </si>
+  <si>
+    <t>517</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a designação do responsável pelo sistema de ouvidoria da Câmara Municipal de Taguaí.</t>
+  </si>
+  <si>
+    <t>518</t>
+  </si>
+  <si>
+    <t>522</t>
+  </si>
+  <si>
+    <t>Dispõe sobre concessão de abonada ao (à) servidor (a).</t>
+  </si>
+  <si>
+    <t>523</t>
+  </si>
+  <si>
+    <t>Dispões sobre a concessão de pagamentdo de vantagens pecuniárias de férias ao (à) servidor (a).</t>
+  </si>
+  <si>
+    <t>524</t>
+  </si>
+  <si>
+    <t>525</t>
+  </si>
+  <si>
+    <t>526</t>
+  </si>
+  <si>
+    <t>Dispõe sobre nomeação de pessoal para preenchimento de cargo público.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1182,51 +1374,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F150"/>
+  <dimension ref="A1:F188"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -4194,50 +4386,810 @@
       <c r="E149" t="s">
         <v>10</v>
       </c>
       <c r="F149" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
         <v>278</v>
       </c>
       <c r="B150" t="s">
         <v>190</v>
       </c>
       <c r="C150" t="s">
         <v>154</v>
       </c>
       <c r="D150" t="s">
         <v>9</v>
       </c>
       <c r="E150" t="s">
         <v>10</v>
       </c>
       <c r="F150" t="s">
         <v>166</v>
+      </c>
+    </row>
+    <row r="151" spans="1:6">
+      <c r="A151" t="s">
+        <v>279</v>
+      </c>
+      <c r="B151" t="s">
+        <v>190</v>
+      </c>
+      <c r="C151" t="s">
+        <v>280</v>
+      </c>
+      <c r="D151" t="s">
+        <v>9</v>
+      </c>
+      <c r="E151" t="s">
+        <v>10</v>
+      </c>
+      <c r="F151" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="152" spans="1:6">
+      <c r="A152" t="s">
+        <v>282</v>
+      </c>
+      <c r="B152" t="s">
+        <v>190</v>
+      </c>
+      <c r="C152" t="s">
+        <v>283</v>
+      </c>
+      <c r="D152" t="s">
+        <v>9</v>
+      </c>
+      <c r="E152" t="s">
+        <v>10</v>
+      </c>
+      <c r="F152" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="153" spans="1:6">
+      <c r="A153" t="s">
+        <v>285</v>
+      </c>
+      <c r="B153" t="s">
+        <v>190</v>
+      </c>
+      <c r="C153" t="s">
+        <v>286</v>
+      </c>
+      <c r="D153" t="s">
+        <v>9</v>
+      </c>
+      <c r="E153" t="s">
+        <v>10</v>
+      </c>
+      <c r="F153" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="154" spans="1:6">
+      <c r="A154" t="s">
+        <v>287</v>
+      </c>
+      <c r="B154" t="s">
+        <v>190</v>
+      </c>
+      <c r="C154" t="s">
+        <v>288</v>
+      </c>
+      <c r="D154" t="s">
+        <v>9</v>
+      </c>
+      <c r="E154" t="s">
+        <v>10</v>
+      </c>
+      <c r="F154" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="155" spans="1:6">
+      <c r="A155" t="s">
+        <v>289</v>
+      </c>
+      <c r="B155" t="s">
+        <v>190</v>
+      </c>
+      <c r="C155" t="s">
+        <v>155</v>
+      </c>
+      <c r="D155" t="s">
+        <v>9</v>
+      </c>
+      <c r="E155" t="s">
+        <v>10</v>
+      </c>
+      <c r="F155" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="156" spans="1:6">
+      <c r="A156" t="s">
+        <v>291</v>
+      </c>
+      <c r="B156" t="s">
+        <v>190</v>
+      </c>
+      <c r="C156" t="s">
+        <v>156</v>
+      </c>
+      <c r="D156" t="s">
+        <v>9</v>
+      </c>
+      <c r="E156" t="s">
+        <v>10</v>
+      </c>
+      <c r="F156" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="157" spans="1:6">
+      <c r="A157" t="s">
+        <v>292</v>
+      </c>
+      <c r="B157" t="s">
+        <v>190</v>
+      </c>
+      <c r="C157" t="s">
+        <v>158</v>
+      </c>
+      <c r="D157" t="s">
+        <v>9</v>
+      </c>
+      <c r="E157" t="s">
+        <v>10</v>
+      </c>
+      <c r="F157" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="158" spans="1:6">
+      <c r="A158" t="s">
+        <v>294</v>
+      </c>
+      <c r="B158" t="s">
+        <v>190</v>
+      </c>
+      <c r="C158" t="s">
+        <v>160</v>
+      </c>
+      <c r="D158" t="s">
+        <v>9</v>
+      </c>
+      <c r="E158" t="s">
+        <v>10</v>
+      </c>
+      <c r="F158" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="159" spans="1:6">
+      <c r="A159" t="s">
+        <v>296</v>
+      </c>
+      <c r="B159" t="s">
+        <v>190</v>
+      </c>
+      <c r="C159" t="s">
+        <v>162</v>
+      </c>
+      <c r="D159" t="s">
+        <v>9</v>
+      </c>
+      <c r="E159" t="s">
+        <v>10</v>
+      </c>
+      <c r="F159" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="160" spans="1:6">
+      <c r="A160" t="s">
+        <v>298</v>
+      </c>
+      <c r="B160" t="s">
+        <v>190</v>
+      </c>
+      <c r="C160" t="s">
+        <v>164</v>
+      </c>
+      <c r="D160" t="s">
+        <v>9</v>
+      </c>
+      <c r="E160" t="s">
+        <v>10</v>
+      </c>
+      <c r="F160" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="161" spans="1:6">
+      <c r="A161" t="s">
+        <v>299</v>
+      </c>
+      <c r="B161" t="s">
+        <v>190</v>
+      </c>
+      <c r="C161" t="s">
+        <v>45</v>
+      </c>
+      <c r="D161" t="s">
+        <v>9</v>
+      </c>
+      <c r="E161" t="s">
+        <v>10</v>
+      </c>
+      <c r="F161" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="162" spans="1:6">
+      <c r="A162" t="s">
+        <v>300</v>
+      </c>
+      <c r="B162" t="s">
+        <v>190</v>
+      </c>
+      <c r="C162" t="s">
+        <v>48</v>
+      </c>
+      <c r="D162" t="s">
+        <v>9</v>
+      </c>
+      <c r="E162" t="s">
+        <v>10</v>
+      </c>
+      <c r="F162" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="163" spans="1:6">
+      <c r="A163" t="s">
+        <v>301</v>
+      </c>
+      <c r="B163" t="s">
+        <v>190</v>
+      </c>
+      <c r="C163" t="s">
+        <v>51</v>
+      </c>
+      <c r="D163" t="s">
+        <v>9</v>
+      </c>
+      <c r="E163" t="s">
+        <v>10</v>
+      </c>
+      <c r="F163" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="164" spans="1:6">
+      <c r="A164" t="s">
+        <v>302</v>
+      </c>
+      <c r="B164" t="s">
+        <v>190</v>
+      </c>
+      <c r="C164" t="s">
+        <v>54</v>
+      </c>
+      <c r="D164" t="s">
+        <v>9</v>
+      </c>
+      <c r="E164" t="s">
+        <v>10</v>
+      </c>
+      <c r="F164" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="165" spans="1:6">
+      <c r="A165" t="s">
+        <v>303</v>
+      </c>
+      <c r="B165" t="s">
+        <v>190</v>
+      </c>
+      <c r="C165" t="s">
+        <v>57</v>
+      </c>
+      <c r="D165" t="s">
+        <v>9</v>
+      </c>
+      <c r="E165" t="s">
+        <v>10</v>
+      </c>
+      <c r="F165" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="166" spans="1:6">
+      <c r="A166" t="s">
+        <v>304</v>
+      </c>
+      <c r="B166" t="s">
+        <v>190</v>
+      </c>
+      <c r="C166" t="s">
+        <v>60</v>
+      </c>
+      <c r="D166" t="s">
+        <v>9</v>
+      </c>
+      <c r="E166" t="s">
+        <v>10</v>
+      </c>
+      <c r="F166" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="167" spans="1:6">
+      <c r="A167" t="s">
+        <v>305</v>
+      </c>
+      <c r="B167" t="s">
+        <v>190</v>
+      </c>
+      <c r="C167" t="s">
+        <v>63</v>
+      </c>
+      <c r="D167" t="s">
+        <v>9</v>
+      </c>
+      <c r="E167" t="s">
+        <v>10</v>
+      </c>
+      <c r="F167" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="168" spans="1:6">
+      <c r="A168" t="s">
+        <v>306</v>
+      </c>
+      <c r="B168" t="s">
+        <v>190</v>
+      </c>
+      <c r="C168" t="s">
+        <v>65</v>
+      </c>
+      <c r="D168" t="s">
+        <v>9</v>
+      </c>
+      <c r="E168" t="s">
+        <v>10</v>
+      </c>
+      <c r="F168" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="169" spans="1:6">
+      <c r="A169" t="s">
+        <v>307</v>
+      </c>
+      <c r="B169" t="s">
+        <v>190</v>
+      </c>
+      <c r="C169" t="s">
+        <v>67</v>
+      </c>
+      <c r="D169" t="s">
+        <v>9</v>
+      </c>
+      <c r="E169" t="s">
+        <v>10</v>
+      </c>
+      <c r="F169" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="170" spans="1:6">
+      <c r="A170" t="s">
+        <v>308</v>
+      </c>
+      <c r="B170" t="s">
+        <v>190</v>
+      </c>
+      <c r="C170" t="s">
+        <v>69</v>
+      </c>
+      <c r="D170" t="s">
+        <v>9</v>
+      </c>
+      <c r="E170" t="s">
+        <v>10</v>
+      </c>
+      <c r="F170" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="171" spans="1:6">
+      <c r="A171" t="s">
+        <v>310</v>
+      </c>
+      <c r="B171" t="s">
+        <v>190</v>
+      </c>
+      <c r="C171" t="s">
+        <v>71</v>
+      </c>
+      <c r="D171" t="s">
+        <v>9</v>
+      </c>
+      <c r="E171" t="s">
+        <v>10</v>
+      </c>
+      <c r="F171" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="172" spans="1:6">
+      <c r="A172" t="s">
+        <v>312</v>
+      </c>
+      <c r="B172" t="s">
+        <v>313</v>
+      </c>
+      <c r="C172" t="s">
+        <v>8</v>
+      </c>
+      <c r="D172" t="s">
+        <v>9</v>
+      </c>
+      <c r="E172" t="s">
+        <v>10</v>
+      </c>
+      <c r="F172" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="173" spans="1:6">
+      <c r="A173" t="s">
+        <v>314</v>
+      </c>
+      <c r="B173" t="s">
+        <v>313</v>
+      </c>
+      <c r="C173" t="s">
+        <v>13</v>
+      </c>
+      <c r="D173" t="s">
+        <v>9</v>
+      </c>
+      <c r="E173" t="s">
+        <v>10</v>
+      </c>
+      <c r="F173" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="174" spans="1:6">
+      <c r="A174" t="s">
+        <v>316</v>
+      </c>
+      <c r="B174" t="s">
+        <v>313</v>
+      </c>
+      <c r="C174" t="s">
+        <v>16</v>
+      </c>
+      <c r="D174" t="s">
+        <v>9</v>
+      </c>
+      <c r="E174" t="s">
+        <v>10</v>
+      </c>
+      <c r="F174" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="175" spans="1:6">
+      <c r="A175" t="s">
+        <v>318</v>
+      </c>
+      <c r="B175" t="s">
+        <v>313</v>
+      </c>
+      <c r="C175" t="s">
+        <v>19</v>
+      </c>
+      <c r="D175" t="s">
+        <v>9</v>
+      </c>
+      <c r="E175" t="s">
+        <v>10</v>
+      </c>
+      <c r="F175" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="176" spans="1:6">
+      <c r="A176" t="s">
+        <v>320</v>
+      </c>
+      <c r="B176" t="s">
+        <v>313</v>
+      </c>
+      <c r="C176" t="s">
+        <v>22</v>
+      </c>
+      <c r="D176" t="s">
+        <v>9</v>
+      </c>
+      <c r="E176" t="s">
+        <v>10</v>
+      </c>
+      <c r="F176" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="177" spans="1:6">
+      <c r="A177" t="s">
+        <v>322</v>
+      </c>
+      <c r="B177" t="s">
+        <v>313</v>
+      </c>
+      <c r="C177" t="s">
+        <v>25</v>
+      </c>
+      <c r="D177" t="s">
+        <v>9</v>
+      </c>
+      <c r="E177" t="s">
+        <v>10</v>
+      </c>
+      <c r="F177" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="178" spans="1:6">
+      <c r="A178" t="s">
+        <v>324</v>
+      </c>
+      <c r="B178" t="s">
+        <v>313</v>
+      </c>
+      <c r="C178" t="s">
+        <v>28</v>
+      </c>
+      <c r="D178" t="s">
+        <v>9</v>
+      </c>
+      <c r="E178" t="s">
+        <v>10</v>
+      </c>
+      <c r="F178" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="179" spans="1:6">
+      <c r="A179" t="s">
+        <v>326</v>
+      </c>
+      <c r="B179" t="s">
+        <v>313</v>
+      </c>
+      <c r="C179" t="s">
+        <v>31</v>
+      </c>
+      <c r="D179" t="s">
+        <v>9</v>
+      </c>
+      <c r="E179" t="s">
+        <v>10</v>
+      </c>
+      <c r="F179" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="180" spans="1:6">
+      <c r="A180" t="s">
+        <v>328</v>
+      </c>
+      <c r="B180" t="s">
+        <v>313</v>
+      </c>
+      <c r="C180" t="s">
+        <v>34</v>
+      </c>
+      <c r="D180" t="s">
+        <v>9</v>
+      </c>
+      <c r="E180" t="s">
+        <v>10</v>
+      </c>
+      <c r="F180" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="181" spans="1:6">
+      <c r="A181" t="s">
+        <v>330</v>
+      </c>
+      <c r="B181" t="s">
+        <v>313</v>
+      </c>
+      <c r="C181" t="s">
+        <v>37</v>
+      </c>
+      <c r="D181" t="s">
+        <v>9</v>
+      </c>
+      <c r="E181" t="s">
+        <v>10</v>
+      </c>
+      <c r="F181" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="182" spans="1:6">
+      <c r="A182" t="s">
+        <v>332</v>
+      </c>
+      <c r="B182" t="s">
+        <v>313</v>
+      </c>
+      <c r="C182" t="s">
+        <v>40</v>
+      </c>
+      <c r="D182" t="s">
+        <v>9</v>
+      </c>
+      <c r="E182" t="s">
+        <v>10</v>
+      </c>
+      <c r="F182" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="183" spans="1:6">
+      <c r="A183" t="s">
+        <v>334</v>
+      </c>
+      <c r="B183" t="s">
+        <v>313</v>
+      </c>
+      <c r="C183" t="s">
+        <v>43</v>
+      </c>
+      <c r="D183" t="s">
+        <v>9</v>
+      </c>
+      <c r="E183" t="s">
+        <v>10</v>
+      </c>
+      <c r="F183" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="184" spans="1:6">
+      <c r="A184" t="s">
+        <v>335</v>
+      </c>
+      <c r="B184" t="s">
+        <v>313</v>
+      </c>
+      <c r="C184" t="s">
+        <v>46</v>
+      </c>
+      <c r="D184" t="s">
+        <v>9</v>
+      </c>
+      <c r="E184" t="s">
+        <v>10</v>
+      </c>
+      <c r="F184" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="185" spans="1:6">
+      <c r="A185" t="s">
+        <v>337</v>
+      </c>
+      <c r="B185" t="s">
+        <v>313</v>
+      </c>
+      <c r="C185" t="s">
+        <v>49</v>
+      </c>
+      <c r="D185" t="s">
+        <v>9</v>
+      </c>
+      <c r="E185" t="s">
+        <v>10</v>
+      </c>
+      <c r="F185" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="186" spans="1:6">
+      <c r="A186" t="s">
+        <v>339</v>
+      </c>
+      <c r="B186" t="s">
+        <v>313</v>
+      </c>
+      <c r="C186" t="s">
+        <v>52</v>
+      </c>
+      <c r="D186" t="s">
+        <v>9</v>
+      </c>
+      <c r="E186" t="s">
+        <v>10</v>
+      </c>
+      <c r="F186" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="187" spans="1:6">
+      <c r="A187" t="s">
+        <v>340</v>
+      </c>
+      <c r="B187" t="s">
+        <v>313</v>
+      </c>
+      <c r="C187" t="s">
+        <v>55</v>
+      </c>
+      <c r="D187" t="s">
+        <v>9</v>
+      </c>
+      <c r="E187" t="s">
+        <v>10</v>
+      </c>
+      <c r="F187" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="188" spans="1:6">
+      <c r="A188" t="s">
+        <v>341</v>
+      </c>
+      <c r="B188" t="s">
+        <v>313</v>
+      </c>
+      <c r="C188" t="s">
+        <v>58</v>
+      </c>
+      <c r="D188" t="s">
+        <v>9</v>
+      </c>
+      <c r="E188" t="s">
+        <v>10</v>
+      </c>
+      <c r="F188" t="s">
+        <v>342</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>